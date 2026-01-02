--- v0 (2025-10-15)
+++ v1 (2026-01-02)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,120 +86,121 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Wed, 05/19/2021 - 02:43</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="21" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="58" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="439.893" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="58.843" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -616,82 +617,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>20</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>