--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,117 +95,118 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
     <t>NORMA OFICIAL MEXICANA NOM-031-ENER-2012, EFICIENCIA ENERGETICA PARA LUMINARIOS CON DIODOS EMISORES DE LUZ (LEDS) DESTINADOS A VIALIDADES Y AREAS EXTERIORES PUBLICAS. ESPECIFICACIONES Y METODOS DE PRUEBA</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Mon, 10/03/2022 - 11:10</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commission for the Efficient Use of Energy)  ( https://www.gob.mx/conuee )</t>
   </si>
   <si>
     <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="93" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="240.513" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="288.929" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="93.12" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>