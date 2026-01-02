--- v0 (2025-10-15)
+++ v1 (2026-01-02)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -81,132 +81,133 @@
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
     <t>Sello FIDE No. 4123
 LUMINARIOS PARA USO INDUSTRIAL</t>
   </si>
   <si>
-    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_…</t>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Wed, 10/05/2022 - 16:46</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Electrical Energy  ( http://www.fide.org.mx/ )</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
   </si>
   <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="90" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="457.603" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>