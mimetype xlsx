--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -81,132 +81,133 @@
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>Sello FIDE No. 4130
 BALASTROS PARA LÁMPARAS FLUORESCENTES COMPACTAS</t>
   </si>
   <si>
-    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_…</t>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Wed, 10/05/2022 - 16:47</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Electrical Energy  ( http://www.fide.org.mx/ )</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="101" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>