--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -81,132 +81,133 @@
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
     <t>Sello FIDE No. 074
 ACONDICIONADORES DE AIRE TIPO DIVIDIDO DE FLUJO DE REFRIGERANTE VARIABLE</t>
   </si>
   <si>
-    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_0…</t>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Wed, 10/05/2022 - 16:32</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Electrical Energy  ( http://www.fide.org.mx/ )</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
   </si>
   <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="88" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="116" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="398.617" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>