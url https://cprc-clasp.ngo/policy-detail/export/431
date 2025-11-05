--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,114 +92,115 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
     <t>https://www.slbs.org/product/slns-93-2015/</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Wed, 10/05/2022 - 12:35</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)  ( https://www.slbs.org/ )</t>
   </si>
   <si>
     <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="124" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="432.894" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>