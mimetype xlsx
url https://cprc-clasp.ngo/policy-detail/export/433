--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,114 +95,115 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
     <t>https://www.slbs.org/product/slns-91-2011/</t>
   </si>
   <si>
     <t>his National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following specifications: 1) rated power from 5 W to 110 W; 2) rated voltage between 100 V and 250 V for compact fluorescent with integrated ballasts; 3) E26 and E27 screw lamp holders for compact fluorescent with integrated ballasts.</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards  ( https://dev.slbs.org/ )</t>
   </si>
   <si>
     <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="111" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>