--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,132 +80,133 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética- Calentadores de agua eléctricos de acumulación de uso doméstico - Especificaciones y etiquetado</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Ef…</t>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
-    <t>Wed, 10/05/2022 - 12:54</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería  ( https://www.gub.uy/ministerio-industria-energia-mineria/ )</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="109" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="264.078" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>