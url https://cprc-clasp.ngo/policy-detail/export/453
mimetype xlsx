--- v0 (2025-10-13)
+++ v1 (2025-11-25)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
-    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemo…</t>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:18</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>WAEMU Commission  ( http://www.uemoa.int/en )</t>
   </si>
   <si>
     <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>