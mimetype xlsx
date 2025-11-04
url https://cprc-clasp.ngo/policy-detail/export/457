--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Boilers Version 3.0</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Fri, 06/11/2021 - 16:27</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
 Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
@@ -147,66 +147,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="113" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="534.298" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>