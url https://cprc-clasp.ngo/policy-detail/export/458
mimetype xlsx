--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -91,123 +91,124 @@
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
   </si>
   <si>
     <t>Residential Ceiling Fan: A non-portable device designed for home use that is suspended from the ceiling for circulating air via the rotation of fan blades. Some ceiling fans are sold with ceiling fan light kits. Low-Mount High-Speed Small-Diameter Ceiling Fan: A high-speed small-diameter ceiling fan considered safe for mounting in a residential setting -i.e. between 7 and 10 feet from the ground- per UL 5075; with a blade thickness greater than or equal to one-eighth inch at the edge and a maximum tip speed within the applicable limits in each direction as specified in the standard.
 Ceiling Fan Light Kit: Equipment designed to provide light from a ceiling fan that can be: integral such that the equipment is attached to the ceiling fan prior to the time of retail sale; or attachable such that at the time of retail sale the equipment is not physically attached to the ceiling fan but may be included inside the ceiling fan at the time of sale or sold separately for subsequent attachment to the fan.
 Low-Mount High-Speed Small-Diameter Ceiling Fan: A high-speed small-diameter ceiling fan considered safe for mounting in a residential setting (i.e. between 7 and 10 feet from the ground) per UL 5075, with a blade thickness greater than or equal to 1/8 inch at the edge and a maximum tip speed within the applicable limits in each direction as specified in the table within the policy document.</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Thu, 06/17/2021 - 21:53</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="695.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -626,82 +627,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>