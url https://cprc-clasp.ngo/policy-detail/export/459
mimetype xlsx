--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
-    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/pa…</t>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Thu, 06/17/2021 - 23:36</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="547.295" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>