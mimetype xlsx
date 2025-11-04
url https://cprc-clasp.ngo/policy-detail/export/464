--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,66 +77,66 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
-    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercia…</t>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Tue, 06/08/2021 - 21:46</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
 Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
@@ -144,66 +144,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,70 +476,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="84" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="116" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="626.276" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>