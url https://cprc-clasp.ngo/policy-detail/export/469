--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,66 +77,66 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
-    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercia…</t>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Tue, 06/08/2021 - 22:07</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
 a. Full-size gas and half- and full-size electric convection ovens,
 b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
 c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
 d. Single and double gas rack ovens</t>
@@ -147,66 +147,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="109" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="338.489" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>