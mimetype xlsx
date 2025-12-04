--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
-    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/part…</t>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Thu, 06/17/2021 - 22:46</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="87" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="119" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="665.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="119.114" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>