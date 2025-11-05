--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
-    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_p…</t>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Fri, 06/18/2021 - 00:23</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)  ( https://www.epa.gov/ )</t>
   </si>
   <si>
     <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>