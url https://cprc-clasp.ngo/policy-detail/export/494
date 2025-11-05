--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Thu, 06/17/2021 - 23:30</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="582.715" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>