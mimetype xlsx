--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
-    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partn…</t>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Fri, 06/11/2021 - 16:17</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="115" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="651.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="115.543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>