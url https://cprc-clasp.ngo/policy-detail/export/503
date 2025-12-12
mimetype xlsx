--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Thu, 06/17/2021 - 23:59</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="103" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>