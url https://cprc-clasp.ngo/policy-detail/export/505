--- v0 (2025-10-15)
+++ v1 (2025-11-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
   <si>
     <t>Americas</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Thu, 06/17/2021 - 22:16</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ENERGY STAR  ( http://www.energystar.gov/ )</t>
   </si>
   <si>
     <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="609.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="106.117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>