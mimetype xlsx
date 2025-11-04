--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,134 +80,135 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1094-20170307</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t> 
  </t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Wed, 10/18/2023 - 11:45</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="102" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="264.078" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="195.667" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>