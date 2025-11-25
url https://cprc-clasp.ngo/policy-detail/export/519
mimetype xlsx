--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
     <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
@@ -72,103 +72,100 @@
     <t>Policy Status Updated by CLASP Date</t>
   </si>
   <si>
     <t>Policy Type</t>
   </si>
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
-  </si>
-[...1 lines deleted...]
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t> 
  </t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Wed, 10/18/2023 - 11:45</t>
+    <t>Wed, 11/19/2025 - 11:34</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -480,70 +477,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="195.667" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -569,101 +566,101 @@
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
         <v>21</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E2">
         <v>2015</v>
       </c>
       <c r="F2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G2" t="s">
         <v>24</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>25</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>26</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="K2"/>
       <c r="L2" t="s">
+        <v>28</v>
+      </c>
+      <c r="M2" t="s">
         <v>29</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>30</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>31</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>32</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>33</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">