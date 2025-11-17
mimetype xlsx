--- v0 (2025-10-15)
+++ v1 (2025-11-17)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,57 +92,57 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays and repealing Commission Delegated Regulation (EU) No 1062/2010 </t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
   </si>
   <si>
     <t>1. a display; 2. one or more tuners or receivers and optional additional functions for data storage and or display such as digital versatile disc -DVD; hard disk drive -HDD; or videocassette recorder -VCR; either in a single unit combined with the display; or in one or more separate units; 'Television monitor' means a product designed to display on an integrated screen a video signal from a variety of sources; including television broadcast signals; which optionally controls and reproduces audio signals from an external source device; which is linked through standardised video signal paths including cinch -component; composite; SCART; HDMI; and future wireless standards; but excluding non-standardised video signal paths like DVI and SDI; but cannot receive and process broadcast signals.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Fri, 05/02/2025 - 08:56</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>EN 50301</t>
@@ -150,66 +150,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,70 +482,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="241" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="241.798" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="318.351" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="941.342" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -628,82 +629,83 @@
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>