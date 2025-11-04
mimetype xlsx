--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,115 +92,116 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Fri, 05/02/2025 - 09:10</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,70 +473,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="281" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="281.788" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="316.066" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -613,82 +614,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>