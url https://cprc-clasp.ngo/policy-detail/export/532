--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,134 +80,135 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC) No 278/2009</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01…</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t> 
 Exclusions: this Regulation shall not apply to: a. voltage converters; b. uninterruptible power supplies; c. battery chargers; d. halogen lighting converters; e. external power supplies for medical devices; f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Wed, 10/18/2023 - 10:04</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,70 +480,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="139" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="754.959" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>