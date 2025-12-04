--- v1 (2025-11-04)
+++ v2 (2025-12-04)
@@ -94,57 +94,57 @@
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC) No 278/2009</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t> 
 Exclusions: this Regulation shall not apply to: a. voltage converters; b. uninterruptible power supplies; c. battery chargers; d. halogen lighting converters; e. external power supplies for medical devices; f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Thu, 11/27/2025 - 12:38</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
@@ -489,51 +489,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="754.959" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="970.763" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>