--- v2 (2025-12-04)
+++ v3 (2025-12-25)
@@ -94,51 +94,51 @@
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC) No 278/2009</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t> 
 Exclusions: this Regulation shall not apply to: a. voltage converters; b. uninterruptible power supplies; c. battery chargers; d. halogen lighting converters; e. external power supplies for medical devices; f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Thu, 11/27/2025 - 12:38</t>
+    <t>Fri, 12/19/2025 - 11:18</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>