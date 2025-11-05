--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,130 +80,131 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensing units and process chillers</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX%3A0…</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Fri, 10/06/2023 - 14:27</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,70 +476,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="318.351" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="429.324" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -616,82 +617,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>