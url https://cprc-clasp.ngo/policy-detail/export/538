--- v0 (2025-11-04)
+++ v1 (2025-12-01)
@@ -89,57 +89,57 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Fri, 05/02/2025 - 09:22</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
-    <t>Entered into force, New, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
@@ -485,51 +485,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="323.064" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="469.457" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>