--- v0 (2025-10-13)
+++ v1 (2026-01-12)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,121 +89,122 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products pursuant to Directive 2009/125/EC of the European Parliament and of the Council and amending Commission Regulation (EU) No 617/2013</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Thu, 10/19/2023 - 17:37</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>European Commission - DG Energy  ( http://ec.europa.eu/energy/en/topics/energy-efficiency/energy-efficient-products )</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,70 +476,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="148" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="304.211" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -618,82 +619,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>