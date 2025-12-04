--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
-    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-…</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency  ( http://www.umweltbundesamt.de/index-e.htm )</t>
   </si>
   <si>
     <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="96" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -614,82 +615,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>