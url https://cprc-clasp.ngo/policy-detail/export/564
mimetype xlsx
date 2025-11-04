--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
-    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-…</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
   </si>
   <si>
     <t>Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency  ( http://www.umweltbundesamt.de/index-e.htm )</t>
   </si>
   <si>
     <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="76" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="104" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="168.53" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>