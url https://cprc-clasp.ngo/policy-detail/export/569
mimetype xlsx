--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2015L01828</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>Wed, 12/13/2023 - 18:37</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)  ( http://www.energyrating.gov.au/ )</t>
   </si>
   <si>
     <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="97" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="305.497" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="133.253" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>