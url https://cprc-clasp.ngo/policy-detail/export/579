--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -96,57 +96,57 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
   </si>
   <si>
     <t>The energy efficiency index, or EEI, of a refrigerated cabinet that is covered by this instrument is calculated in accordance with the following formula:
 where:
 AEC is the refrigerated cabinet’s annual energy consumption, in kWh per year, and is calculated in accordance with section 26.
 RAEC is the refrigerated cabinet’s reference annual energy consumption, in kWh per year, and is calculated in accordance with section 26.
 Note: For refrigerated cabinets that are covered by this instrument, other than low sales volume and/or oversize RDCs and low sales volume RSCs, the reference annual energy consumption is equal to the standard annual energy consumption, which represents the energy consumption of a standard cabinet of the relevant type.
 For low sales volume and/or oversize RDCs and low sales volume RSCs, the reference annual energy consumption is equal to the base annual energy consumption, which reflects the energy consumption of a reference low‑efficiency version of a cabinet of the relevant type.
 GEMS level requirements:
 Star Ratings: </t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>Tue, 07/22/2025 - 17:41</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)  ( http://www.energyrating.gov.au/ )</t>
   </si>
   <si>
     <t>This Determination covers products that are:  
 RDCs (short for refrigerated display cabinets);
 refrigerated drinks cabinets;
 ice cream freezer cabinets;
 scooping cabinets;
@@ -167,66 +167,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -498,70 +499,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="97" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="378.622" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="133.253" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -645,82 +646,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>