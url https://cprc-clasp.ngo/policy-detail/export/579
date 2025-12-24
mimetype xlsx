--- v1 (2025-12-04)
+++ v2 (2025-12-24)
@@ -96,51 +96,51 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
   </si>
   <si>
     <t>The energy efficiency index, or EEI, of a refrigerated cabinet that is covered by this instrument is calculated in accordance with the following formula:
 where:
 AEC is the refrigerated cabinet’s annual energy consumption, in kWh per year, and is calculated in accordance with section 26.
 RAEC is the refrigerated cabinet’s reference annual energy consumption, in kWh per year, and is calculated in accordance with section 26.
 Note: For refrigerated cabinets that are covered by this instrument, other than low sales volume and/or oversize RDCs and low sales volume RSCs, the reference annual energy consumption is equal to the standard annual energy consumption, which represents the energy consumption of a standard cabinet of the relevant type.
 For low sales volume and/or oversize RDCs and low sales volume RSCs, the reference annual energy consumption is equal to the base annual energy consumption, which reflects the energy consumption of a reference low‑efficiency version of a cabinet of the relevant type.
 GEMS level requirements:
 Star Ratings: </t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 21:40</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)  ( http://www.energyrating.gov.au/ )</t>
   </si>