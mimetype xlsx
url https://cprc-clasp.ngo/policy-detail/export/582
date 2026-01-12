--- v0 (2025-10-16)
+++ v1 (2026-01-12)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2012L02116</t>
   </si>
   <si>
     <t>STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>Wed, 08/20/2025 - 17:56</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)  ( http://www.energyrating.gov.au/ )</t>
   </si>
   <si>
     <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="110" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="794.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="140.252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>