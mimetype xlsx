--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2012L02125</t>
   </si>
   <si>
     <t>The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer. Water heaters that are not intended for electric power grid connection (eg for use in vehicles and marine applications).</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>Wed, 12/13/2023 - 18:27</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)  ( http://www.energyrating.gov.au/ )</t>
   </si>
   <si>
     <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="98" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="58" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="585" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15" bestFit="true" customWidth="true" style="0"/>
-[...14 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="666.409" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>