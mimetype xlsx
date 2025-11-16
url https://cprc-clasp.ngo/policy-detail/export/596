--- v0 (2025-10-15)
+++ v1 (2025-11-16)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,117 +95,118 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps (integral type compact fluorescent lamps)</t>
   </si>
   <si>
     <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Wed, 05/19/2021 - 02:43</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute  ( http://www.bsti.gov.bd/ )</t>
   </si>
   <si>
     <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="96" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="123" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="347.915" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>