--- v0 (2025-10-13)
+++ v1 (2025-11-17)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,129 +77,130 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
-    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c8…</t>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
-    <t>Wed, 05/19/2021 - 19:11</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute  ( http://www.bsti.gov.bd/ )</t>
   </si>
   <si>
     <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="441.035" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -614,82 +615,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>