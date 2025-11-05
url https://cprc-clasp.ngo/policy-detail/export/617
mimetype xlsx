--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,132 +80,133 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
     <t>CEL-004. 单元式空气调节机</t>
   </si>
   <si>
-    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%…</t>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Tue, 11/09/2021 - 12:37</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="76" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="281.788" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="402.188" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>