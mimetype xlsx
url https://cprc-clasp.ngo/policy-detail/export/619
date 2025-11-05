--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,132 +80,133 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>普通照明用自镇流荧光灯</t>
   </si>
   <si>
-    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%…</t>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Thu, 06/10/2021 - 15:50</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="85" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="337.346" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="352.628" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="85.979" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>