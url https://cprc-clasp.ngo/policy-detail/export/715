--- v0 (2025-10-15)
+++ v1 (2025-11-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
     <t>CQC31-448113-2012. 远置冷凝机组冷藏陈列柜</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Thu, 07/01/2021 - 11:25</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)  ( http://www.cqc.com.cn/ )</t>
   </si>
   <si>
     <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="120" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="272.362" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>