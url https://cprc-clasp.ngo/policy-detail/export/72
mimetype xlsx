--- v0 (2025-10-15)
+++ v1 (2025-11-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,114 +92,115 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Fri, 03/31/2023 - 20:18</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Ghana Energy Commission  ( http://www.energycom.gov.gh/ )</t>
   </si>
   <si>
     <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="95" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -612,82 +613,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>