--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -89,60 +89,60 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
     <t>家用和类似用途微波炉能效限定值及能效等级</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 11/21/2025 - 23:42</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...2 lines deleted...]
-    <t>May 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -487,51 +487,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="429.324" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -592,51 +592,51 @@
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2"/>
       <c r="E2">
         <v>2010</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>