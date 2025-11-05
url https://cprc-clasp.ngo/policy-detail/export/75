--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,114 +92,115 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Fri, 05/19/2023 - 18:46</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ghana Energy Commission  ( http://www.energycom.gov.gh/ )</t>
   </si>
   <si>
     <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="406.901" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -610,82 +611,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>