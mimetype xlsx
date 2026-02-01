--- v0 (2025-11-04)
+++ v1 (2026-02-01)
@@ -90,57 +90,57 @@
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers
 冷水机组能效限定值及能效等级</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, New, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
   </si>
   <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
@@ -488,51 +488,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>