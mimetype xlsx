--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -90,123 +90,124 @@
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines
 电动洗衣机能效水效限定值及等级</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="418.755" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>