--- v0 (2025-11-05)
+++ v1 (2025-12-04)
@@ -77,73 +77,72 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
-    <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps
-金属卤化物灯用镇流器能效限定值及能效等级</t>
+    <t>GB 20053-2015 金属卤化物灯用镇流器能效限定值及能效等级</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 11/21/2025 - 23:20</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...2 lines deleted...]
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
   </si>
   <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
@@ -480,59 +479,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -593,51 +592,51 @@
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2"/>
       <c r="E2">
         <v>2005</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>