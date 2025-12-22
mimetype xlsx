--- v0 (2025-10-16)
+++ v1 (2025-12-22)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -80,136 +80,137 @@
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
     <t>GB 20052-2024 电力变压器能效限定值及能效等级</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F7…</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>This policy is applicable to oil-immersed distribution transformers and dry-type distribution transformers with three-phase 10 kV voltage level, non-excitation voltage regulation, rated frequency of 50 Hz and rated capacity of 30 kVA ~ 2,500 kVA; oil-immersed power transformers with 35 kV ~ 500 kV voltage level, rated frequency of 50 Hz and rated capacity of 3,150 kVA and above; oil-immersed transformers and dry-type transformers with three-phase 6 kV ~ 35 kV voltage level, non-excitation voltage regulation, rated frequency of 50 Hz and rated capacity of 500 kVA and above for photovoltaics, wind power and energy storage on the new energy power generation side; oil-immersed transformers with three-phase 66 kV voltage level, non-excitation voltage regulation, rated frequency of 50 Hz and rated capacity of 3,150 kVA ~ 20,000 kVA for photovoltaics, wind power and energy storage on the new energy power generation side. This policy is not applicable to inflatable transformers, tower transformers and engine room transformers.
 This policy replaces GB 20052-2020  Minimum allowable values of energy efficiency and the energy efficiency grades for power transformers.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Wed, 12/18/2024 - 18:06</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,70 +482,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="1220.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -628,82 +629,83 @@
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>