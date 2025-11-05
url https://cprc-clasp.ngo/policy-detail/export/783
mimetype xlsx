--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -90,123 +90,124 @@
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water
 清水离心泵能效限定值及节能评价值</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Fri, 06/04/2021 - 05:37</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for Market Regulation (SAMR)  ( http://www.ndrc.gov.cn/ )</t>
   </si>
   <si>
     <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="280.646" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -623,82 +624,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>