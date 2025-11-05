--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -96,117 +96,118 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors
 投影机能效限定值及能效等级</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)  ( http://ncse.sac.gov.cn/sacen/ )</t>
   </si>
   <si>
     <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,70 +479,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="293.643" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -621,82 +622,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>