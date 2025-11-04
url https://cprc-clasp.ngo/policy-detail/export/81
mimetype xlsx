--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>Tue, 06/22/2021 - 19:04</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office  ( http://eemo.govmu.org/ )</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>