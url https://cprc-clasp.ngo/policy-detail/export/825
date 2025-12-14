--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department  ( http://www.emsd.gov.hk/ )</t>
   </si>
   <si>
     <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>