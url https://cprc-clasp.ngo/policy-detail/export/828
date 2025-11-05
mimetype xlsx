--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Wed, 12/18/2024 - 16:24</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="98" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="544.867" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="98.976" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>